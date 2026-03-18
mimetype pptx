--- v0 (2026-02-01)
+++ v1 (2026-03-18)
@@ -3604,51 +3604,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="10" sz="half" type="dt"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3409950" y="5978525"/>
             <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
-              <a:t>14/01/2026</a:t>
+              <a:t>13/03/2026</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -3658,66 +3658,66 @@
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Cigarette smoking prevalence</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Topline/cigsmok_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/232/Graphs/Wales/Topline/cigsmok_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1638300" y="1600200"/>
-            <a:ext cx="5867400" cy="4013200"/>
+            <a:off x="1422400" y="1600200"/>
+            <a:ext cx="6299200" cy="4013200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="5613400"/>
             <a:ext cx="8229600" cy="508000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -3765,66 +3765,66 @@
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Smoking prevalence</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Topline/smok_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/232/Graphs/Wales/Topline/smok_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1638300" y="1600200"/>
-            <a:ext cx="5867400" cy="4013200"/>
+            <a:off x="1422400" y="1600200"/>
+            <a:ext cx="6299200" cy="4013200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="5613400"/>
             <a:ext cx="8229600" cy="508000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -3872,66 +3872,66 @@
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Cigarette smoking prevalence 18-21-year-olds</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Topline/cigsmok1821_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/232/Graphs/Wales/Topline/cigsmok1821_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1638300" y="1600200"/>
-            <a:ext cx="5867400" cy="4013200"/>
+            <a:off x="1422400" y="1600200"/>
+            <a:ext cx="6299200" cy="4013200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="5613400"/>
             <a:ext cx="8229600" cy="508000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -3979,66 +3979,66 @@
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Stopped smoking in past 12 months</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Topline/stopped_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/232/Graphs/Wales/Topline/stopped_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1638300" y="1600200"/>
-            <a:ext cx="5867400" cy="4013200"/>
+            <a:off x="1422400" y="1600200"/>
+            <a:ext cx="6299200" cy="4013200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="5613400"/>
             <a:ext cx="8229600" cy="508000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -4086,66 +4086,66 @@
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Tried to stop smoking in past year</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Topline/triedstop_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/232/Graphs/Wales/Topline/triedstop_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1638300" y="1600200"/>
-            <a:ext cx="5867400" cy="4013200"/>
+            <a:off x="1422400" y="1600200"/>
+            <a:ext cx="6299200" cy="4013200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="5613400"/>
             <a:ext cx="8229600" cy="508000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -4193,66 +4193,66 @@
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Success rate in stopping in those who tried</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Topline/successstop_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/232/Graphs/Wales/Topline/successstop_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1638300" y="1600200"/>
-            <a:ext cx="5867400" cy="4013200"/>
+            <a:off x="1422400" y="1600200"/>
+            <a:ext cx="6299200" cy="4013200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="5613400"/>
             <a:ext cx="8229600" cy="508000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -4300,66 +4300,66 @@
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" indent="0" marL="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr/>
               <a:t>Uptake: prevalence of ever smoking in those aged 18-24</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/230/Graphs/Wales/Topline/uptake1824_wal.png" id="0" name="Picture 1"/>
+          <p:cNvPr descr="C://Users/rmjlvbu/OneDrive%20-%20University%20College%20London/Toolkit%20merge%20files/Waves/232/Graphs/Wales/Topline/uptake1824_wal.png" id="0" name="Picture 1"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1638300" y="1600200"/>
-            <a:ext cx="5867400" cy="4013200"/>
+            <a:off x="1422400" y="1600200"/>
+            <a:ext cx="6299200" cy="4013200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="5613400"/>
             <a:ext cx="8229600" cy="508000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -5298,59 +5298,59 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7b517193-b76b-4847-86d0-f7effd00a065">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06221C0C-DA85-49FB-B886-86D09D90106F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50E062FF-B3E3-46C2-91CE-228106C50C40}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF1A9DD1-F1BE-4EFE-90F9-C42C525FE67D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68F5B005-0476-4958-85C9-FCB3A3F63852}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87BD0F9E-97A3-412A-B9B6-AAFB4BE1EED0}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9462E91-01E0-4BC3-A3B1-24E9988D83BD}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Words>34</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
   <Paragraphs>5</Paragraphs>
   <Slides>2</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
@@ -5372,35 +5372,35 @@
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>Monthly trends on smoking in Wales from the Smoking Toolkit Study</vt:lpstr>
       <vt:lpstr>Prevalence of cigarette smoking by social grade</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Top-line findings on smoking in Wales from the Smoking Toolkit Study</dc:title>
   <dc:creator>Vera Buss, Robert West, Loren Kock, Dimitra Kale, Jamie Brown</dc:creator>
   <cp:keywords/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="date">
-    <vt:lpwstr>14/01/2026</vt:lpwstr>
+    <vt:lpwstr>13/03/2026</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="output">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ContentTypeId">
     <vt:lpwstr>0x0101006DD9147DCE5D39448439BAC925F17EAF</vt:lpwstr>
   </property>
 </Properties>
 </file>