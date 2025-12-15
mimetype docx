--- v0 (2025-12-03)
+++ v1 (2025-12-15)
@@ -1,50 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4A7B5CF2" w14:textId="77777777" w:rsidR="00ED1433" w:rsidRDefault="00ED1433" w:rsidP="000267DC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -6221,70 +6216,59 @@
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ASK Q632E67</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26D2C09C" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="00F51B4A" w:rsidRDefault="00FE151D" w:rsidP="00FE151D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B4449">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD7E88">
-[...2 lines deleted...]
-          <w:strike/>
+      <w:r w:rsidRPr="00EA28B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
-        <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11</w:t>
-[...9 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44266445" w14:textId="26EF83EB" w:rsidR="00860EB2" w:rsidRPr="00233666" w:rsidRDefault="00860EB2" w:rsidP="00507D51">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FE180F0" w14:textId="77777777" w:rsidR="00FF0969" w:rsidRPr="00233666" w:rsidRDefault="00FF0969" w:rsidP="00FF0969">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
@@ -7072,54 +7056,53 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="009B72A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD7E88">
-[...2 lines deleted...]
-          <w:strike/>
+      <w:r w:rsidRPr="00EA28B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="4CD53A52" w14:textId="61EEB634" w:rsidR="00454BB3" w:rsidRPr="00233666" w:rsidRDefault="004C2C1E" w:rsidP="00454BB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233666">
         <w:rPr>
@@ -7643,54 +7626,53 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="009B72A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD7E88">
-[...2 lines deleted...]
-          <w:strike/>
+      <w:r w:rsidRPr="00EA28B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73E8179E" w14:textId="302B0453" w:rsidR="00A0630F" w:rsidRPr="001F2859" w:rsidRDefault="00A0630F" w:rsidP="00A0630F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -20344,54 +20326,53 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="006B4449">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD7E88">
-[...2 lines deleted...]
-          <w:strike/>
+      <w:r w:rsidRPr="00EA28B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C4655FC" w14:textId="72279365" w:rsidR="000E5985" w:rsidRPr="00233666" w:rsidRDefault="00454BB3" w:rsidP="00454BB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -22187,54 +22168,53 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="007105FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD7E88">
-[...2 lines deleted...]
-          <w:strike/>
+      <w:r w:rsidRPr="00EA28B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06D6C59B" w14:textId="43705B04" w:rsidR="000A3720" w:rsidRPr="001F2859" w:rsidRDefault="000A3720" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Hlk95143747"/>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
@@ -22998,54 +22978,53 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D07511">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="009B72A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD7E88">
-[...2 lines deleted...]
-          <w:strike/>
+      <w:r w:rsidRPr="00EA28B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="760474F8" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="00B56372" w:rsidRDefault="00FE151D" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A4B6BD9" w14:textId="77777777" w:rsidR="000A3720" w:rsidRPr="001F2859" w:rsidRDefault="000A3720" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
@@ -23350,54 +23329,53 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="009B72A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD7E88">
-[...2 lines deleted...]
-          <w:strike/>
+      <w:r w:rsidRPr="00EA28B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59F0901E" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="00B56372" w:rsidRDefault="00FE151D" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FFCA198" w14:textId="75547282" w:rsidR="000A3720" w:rsidRPr="001F2859" w:rsidRDefault="000A3720" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
@@ -25046,301 +25024,249 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D4700F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>CLOSE FILTER AD}</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BED4F60" w14:textId="77777777" w:rsidR="008E17E5" w:rsidRPr="00101834" w:rsidRDefault="008E17E5" w:rsidP="00A42F73">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008E17E5" w:rsidRPr="00101834" w:rsidSect="00AF3981">
-      <w:headerReference w:type="even" r:id="rId8"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1134" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="02AC8204" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5E346D8D" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{65E30C01-B75C-4617-81E3-D007E25C1774}"/>
-    <w:embedBold r:id="rId2" w:fontKey="{4ECCA316-8B0C-43FE-94B5-D445746F361E}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{F1F42F7A-322F-4192-8D7A-5B9CF4687F4C}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{3D8968F9-0D89-4CD6-BDB4-37582A38CA79}"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId3" w:fontKey="{8399D147-6540-4DAE-ADCF-7E81191C4BC4}"/>
-    <w:embedBold r:id="rId4" w:fontKey="{8466C448-E465-4C0F-AFA3-E168EB3B6331}"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{687ADE99-B96B-4098-9BA0-1701DB2302F8}"/>
+    <w:embedBold r:id="rId4" w:fontKey="{DB783F31-EF4D-4D7F-8327-51EFF723F954}"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{05718046-7EC1-461F-BD6A-BA38E9934409}"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{B2F94B0B-E3A5-49E4-ABB0-98408518E119}"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{F70EF9FD-B4CA-411D-9B3B-2B5FE53B847C}"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{12E3BC1D-F2AB-47C0-B868-25A7E496F51B}"/>
   </w:font>
   <w:font w:name="TimesNewRoman Italic">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="TimesNewRoman">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="TimesNewRoman ExtraBold">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId7" w:fontKey="{EEE8DEA4-1DB7-40BE-86AC-C278058D8B28}"/>
-    <w:embedBold r:id="rId8" w:fontKey="{74842D51-0616-4D49-AB1A-B90CB24A15B7}"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{A7CB20F5-DFD1-4EAB-8D8B-2B48062CD93A}"/>
+    <w:embedBold r:id="rId8" w:fontKey="{A67EE586-DBEC-4706-BB9E-7182882CD6D9}"/>
   </w:font>
 </w:fonts>
-</file>
-[...28 lines deleted...]
-</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="38DBC3B2" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="34D4E734" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="62167F2C" w14:textId="77777777" w:rsidR="00DD7E88" w:rsidRDefault="00DD7E88">
-[...9 lines deleted...]
-  <w:p w14:paraId="240B6145" w14:textId="3B71F378" w:rsidR="00736F66" w:rsidRDefault="001E0C55">
+  <w:p w14:paraId="240B6145" w14:textId="1482859A" w:rsidR="00736F66" w:rsidRDefault="001E0C55">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00E24494">
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:t>-0</w:t>
     </w:r>
     <w:r w:rsidR="00AD5845">
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidR="00E24494">
       <w:t>9498</w:t>
     </w:r>
     <w:r>
       <w:t>-</w:t>
     </w:r>
     <w:r w:rsidR="00DD7E88">
-      <w:t>40</w:t>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidR="00EA28B6">
+      <w:t>5</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="67CD9E16" w14:textId="77777777" w:rsidR="00043A94" w:rsidRDefault="00043A94">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="052B835C" w14:textId="2F9C7AD0" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:tab/>
       <w:t>Smokers Toolkit (ST)</w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t>INTERNAL/CLIENT USE ONLY</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="715B21FB" w14:textId="70C222FB" w:rsidR="00D46DA4" w:rsidRDefault="005E6887">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidR="000F3ADD">
       <w:t>1</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="38BDE970" w14:textId="77777777" w:rsidR="000F3ADD" w:rsidRDefault="000F3ADD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1E44D7F3" w14:textId="77777777" w:rsidR="0065037E" w:rsidRDefault="0065037E">
-    <w:pPr>
-[...8 lines deleted...]
-  <w:p w14:paraId="5B26A4B8" w14:textId="77777777" w:rsidR="00DD7E88" w:rsidRDefault="00DD7E88">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00281BA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B7E655C"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -30057,51 +29983,51 @@
   </w:num>
   <w:num w:numId="47" w16cid:durableId="2022468673">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="2070689878">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="1087653405">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1312636631">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="1445151448">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="52" w16cid:durableId="1590507486">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="50"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="150"/>
   <w:embedTrueTypeFonts/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="5" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-CA" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-CA" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="163"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
@@ -30493,50 +30419,51 @@
     <w:rsid w:val="00A566CB"/>
     <w:rsid w:val="00A62287"/>
     <w:rsid w:val="00A64C96"/>
     <w:rsid w:val="00A7187C"/>
     <w:rsid w:val="00A75638"/>
     <w:rsid w:val="00A77382"/>
     <w:rsid w:val="00A831CF"/>
     <w:rsid w:val="00A858DE"/>
     <w:rsid w:val="00A87106"/>
     <w:rsid w:val="00A95747"/>
     <w:rsid w:val="00AC3F6C"/>
     <w:rsid w:val="00AC626C"/>
     <w:rsid w:val="00AD22F4"/>
     <w:rsid w:val="00AD30E4"/>
     <w:rsid w:val="00AD5692"/>
     <w:rsid w:val="00AD5845"/>
     <w:rsid w:val="00AD65CC"/>
     <w:rsid w:val="00AD7D6D"/>
     <w:rsid w:val="00AF2AC8"/>
     <w:rsid w:val="00AF3981"/>
     <w:rsid w:val="00AF5C08"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B11858"/>
     <w:rsid w:val="00B11B72"/>
     <w:rsid w:val="00B135EB"/>
+    <w:rsid w:val="00B13EC2"/>
     <w:rsid w:val="00B16834"/>
     <w:rsid w:val="00B20D7A"/>
     <w:rsid w:val="00B246C0"/>
     <w:rsid w:val="00B2502B"/>
     <w:rsid w:val="00B2561B"/>
     <w:rsid w:val="00B3317F"/>
     <w:rsid w:val="00B4265C"/>
     <w:rsid w:val="00B56372"/>
     <w:rsid w:val="00B6450B"/>
     <w:rsid w:val="00B679BF"/>
     <w:rsid w:val="00B739A8"/>
     <w:rsid w:val="00B76832"/>
     <w:rsid w:val="00B84A70"/>
     <w:rsid w:val="00B852D1"/>
     <w:rsid w:val="00B91906"/>
     <w:rsid w:val="00B930BD"/>
     <w:rsid w:val="00B94678"/>
     <w:rsid w:val="00BA4A43"/>
     <w:rsid w:val="00BB45AA"/>
     <w:rsid w:val="00BC62B5"/>
     <w:rsid w:val="00BC6BBC"/>
     <w:rsid w:val="00BE5013"/>
     <w:rsid w:val="00BE7F67"/>
     <w:rsid w:val="00BF3F3C"/>
     <w:rsid w:val="00BF70E1"/>
@@ -30614,50 +30541,51 @@
     <w:rsid w:val="00DE0817"/>
     <w:rsid w:val="00DE19DE"/>
     <w:rsid w:val="00DE38CF"/>
     <w:rsid w:val="00E0426F"/>
     <w:rsid w:val="00E04DB8"/>
     <w:rsid w:val="00E04E15"/>
     <w:rsid w:val="00E07CAE"/>
     <w:rsid w:val="00E112C6"/>
     <w:rsid w:val="00E137C7"/>
     <w:rsid w:val="00E141E0"/>
     <w:rsid w:val="00E1612B"/>
     <w:rsid w:val="00E24494"/>
     <w:rsid w:val="00E27599"/>
     <w:rsid w:val="00E27E83"/>
     <w:rsid w:val="00E471E6"/>
     <w:rsid w:val="00E607AB"/>
     <w:rsid w:val="00E62FCD"/>
     <w:rsid w:val="00E65329"/>
     <w:rsid w:val="00E7188E"/>
     <w:rsid w:val="00E73220"/>
     <w:rsid w:val="00E77265"/>
     <w:rsid w:val="00E8135D"/>
     <w:rsid w:val="00E9152A"/>
     <w:rsid w:val="00E93A59"/>
     <w:rsid w:val="00E9542B"/>
+    <w:rsid w:val="00EA28B6"/>
     <w:rsid w:val="00EA2D54"/>
     <w:rsid w:val="00EB179E"/>
     <w:rsid w:val="00EB3EA2"/>
     <w:rsid w:val="00EB61D5"/>
     <w:rsid w:val="00EC5C77"/>
     <w:rsid w:val="00ED1433"/>
     <w:rsid w:val="00ED7386"/>
     <w:rsid w:val="00EE223B"/>
     <w:rsid w:val="00EE723A"/>
     <w:rsid w:val="00EF4545"/>
     <w:rsid w:val="00EF4C63"/>
     <w:rsid w:val="00EF6181"/>
     <w:rsid w:val="00F04615"/>
     <w:rsid w:val="00F2223C"/>
     <w:rsid w:val="00F23973"/>
     <w:rsid w:val="00F51B4A"/>
     <w:rsid w:val="00F54C42"/>
     <w:rsid w:val="00F662A1"/>
     <w:rsid w:val="00F70861"/>
     <w:rsid w:val="00F70B9F"/>
     <w:rsid w:val="00F7640A"/>
     <w:rsid w:val="00F824AD"/>
     <w:rsid w:val="00F92B20"/>
     <w:rsid w:val="00F935C6"/>
     <w:rsid w:val="00FA3BFB"/>
@@ -32068,51 +31996,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2113699307">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -32379,52 +32307,52 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6f753701b987ef20f103cb7d41e74cbc">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3eccfaf66c74f6d48cebb223f9ebbab6" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="80673045774d5ba6aa1a5d89325766a7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b5e704c1d342ecd6bd99821d1db50d0b" ns2:_="" ns3:_="">
     <xsd:import namespace="7b517193-b76b-4847-86d0-f7effd00a065"/>
     <xsd:import namespace="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -32630,91 +32558,91 @@
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7b517193-b76b-4847-86d0-f7effd00a065">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A58C58B3-51F4-4E8D-B7E6-DEB93E296521}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{05CFF35C-DFBC-4112-9AF6-9D784C5E7619}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E26EDEEE-58EF-4645-B589-E3CBF1E2662A}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E2A7BBD-2DDB-429F-A24A-0E5538992070}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6E44FC7-BB10-49EF-B011-1E2F0912BA05}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7ADEB877-BB45-4A12-AA60-7918B4EA6F43}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D37B7201-DA67-47FD-A1E7-4C0AE14990B3}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>23</Pages>
   <Words>4585</Words>
-  <Characters>20092</Characters>
+  <Characters>20561</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>913</Lines>
-  <Paragraphs>666</Paragraphs>
+  <Lines>928</Lines>
+  <Paragraphs>559</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Normal dot (Rev02 January 2009)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IPSOS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24011</CharactersWithSpaces>
+  <CharactersWithSpaces>24683</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Normal dot (Rev02 January 2009)</dc:title>
   <dc:subject>Universal Normal Template</dc:subject>
   <dc:creator>Authorised User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>af44d3240da420e376ed1a689eac1992bf6e6b19a5733d36f7b759867d0791e4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">