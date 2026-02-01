--- v1 (2025-12-15)
+++ v2 (2026-02-01)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4A7B5CF2" w14:textId="77777777" w:rsidR="00ED1433" w:rsidRDefault="00ED1433" w:rsidP="000267DC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79A99F08" w14:textId="77777777" w:rsidR="00BE7F67" w:rsidRPr="00B56372" w:rsidRDefault="00454BB3" w:rsidP="000267DC">
       <w:pPr>
         <w:rPr>
@@ -55,52 +55,55 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>ST</w:t>
       </w:r>
       <w:r w:rsidR="004D1394" w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>MODULE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B46DE0E" w14:textId="158C6DCF" w:rsidR="004D1394" w:rsidRPr="00B56372" w:rsidRDefault="004D1394" w:rsidP="000267DC">
-      <w:pPr>
+    <w:p w14:paraId="7B46DE0E" w14:textId="58A668B6" w:rsidR="004D1394" w:rsidRPr="00B56372" w:rsidRDefault="004D1394" w:rsidP="00962497">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5747"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">SAMPLE: </w:t>
       </w:r>
       <w:r w:rsidR="00454BB3" w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
@@ -153,50 +156,61 @@
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00454BB3" w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>+ in</w:t>
       </w:r>
       <w:r w:rsidR="00D46DA4" w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> GB</w:t>
+      </w:r>
+      <w:r w:rsidR="00962497">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="68C1AB81" w14:textId="77777777" w:rsidR="004D1394" w:rsidRPr="00B56372" w:rsidRDefault="004D1394" w:rsidP="000267DC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS: </w:t>
       </w:r>
       <w:r w:rsidR="00454BB3" w:rsidRPr="00B56372">
@@ -25024,212 +25038,212 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D4700F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>CLOSE FILTER AD}</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BED4F60" w14:textId="77777777" w:rsidR="008E17E5" w:rsidRPr="00101834" w:rsidRDefault="008E17E5" w:rsidP="00A42F73">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008E17E5" w:rsidRPr="00101834" w:rsidSect="00AF3981">
-      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1134" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02AC8204" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
+    <w:p w14:paraId="0BA0B208" w14:textId="77777777" w:rsidR="00A74075" w:rsidRDefault="00A74075">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E346D8D" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
+    <w:p w14:paraId="12E485A3" w14:textId="77777777" w:rsidR="00A74075" w:rsidRDefault="00A74075">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{F1F42F7A-322F-4192-8D7A-5B9CF4687F4C}"/>
-    <w:embedBold r:id="rId2" w:fontKey="{3D8968F9-0D89-4CD6-BDB4-37582A38CA79}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{643353B9-D296-4EDC-A7BA-6BD55210DF03}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{E15FA6C4-6E9E-4E48-A821-4D0588B4344E}"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId3" w:fontKey="{687ADE99-B96B-4098-9BA0-1701DB2302F8}"/>
-    <w:embedBold r:id="rId4" w:fontKey="{DB783F31-EF4D-4D7F-8327-51EFF723F954}"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{66B38544-9502-459F-AC3B-6E33CDEEB97E}"/>
+    <w:embedBold r:id="rId4" w:fontKey="{90CE884E-B33D-4D21-8856-9D3CCB233535}"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{B2F94B0B-E3A5-49E4-ABB0-98408518E119}"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{52450E1D-1B04-46B8-956B-1CDA5B4C0CED}"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{12E3BC1D-F2AB-47C0-B868-25A7E496F51B}"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{1EC89B7D-707C-4854-8FDD-10CD7A498D51}"/>
   </w:font>
   <w:font w:name="TimesNewRoman Italic">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="TimesNewRoman">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="TimesNewRoman ExtraBold">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId7" w:fontKey="{A7CB20F5-DFD1-4EAB-8D8B-2B48062CD93A}"/>
-    <w:embedBold r:id="rId8" w:fontKey="{A67EE586-DBEC-4706-BB9E-7182882CD6D9}"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{1A0F2832-E411-4E33-8DC6-3E08AF6971DE}"/>
+    <w:embedBold r:id="rId8" w:fontKey="{F2A533D7-9CCF-412D-A24E-CA654E00D26C}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="38DBC3B2" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
+    <w:p w14:paraId="104CC444" w14:textId="77777777" w:rsidR="00A74075" w:rsidRDefault="00A74075">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="34D4E734" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
+    <w:p w14:paraId="0DF9E598" w14:textId="77777777" w:rsidR="00A74075" w:rsidRDefault="00A74075">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="240B6145" w14:textId="1482859A" w:rsidR="00736F66" w:rsidRDefault="001E0C55">
+  <w:p w14:paraId="240B6145" w14:textId="28156A94" w:rsidR="00736F66" w:rsidRDefault="001E0C55">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00E24494">
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:t>-0</w:t>
     </w:r>
     <w:r w:rsidR="00AD5845">
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidR="00E24494">
       <w:t>9498</w:t>
     </w:r>
     <w:r>
       <w:t>-</w:t>
     </w:r>
     <w:r w:rsidR="00DD7E88">
       <w:t>4</w:t>
     </w:r>
-    <w:r w:rsidR="00EA28B6">
-      <w:t>5</w:t>
+    <w:r w:rsidR="00962497">
+      <w:t>9</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="67CD9E16" w14:textId="77777777" w:rsidR="00043A94" w:rsidRDefault="00043A94">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="052B835C" w14:textId="2F9C7AD0" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:tab/>
       <w:t>Smokers Toolkit (ST)</w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t>INTERNAL/CLIENT USE ONLY</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="715B21FB" w14:textId="70C222FB" w:rsidR="00D46DA4" w:rsidRDefault="005E6887">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
@@ -29983,51 +29997,51 @@
   </w:num>
   <w:num w:numId="47" w16cid:durableId="2022468673">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="2070689878">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="1087653405">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1312636631">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="1445151448">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="52" w16cid:durableId="1590507486">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="50"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="5" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-CA" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-CA" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="163"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
@@ -30036,50 +30050,51 @@
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000267DC"/>
     <w:rsid w:val="00003670"/>
     <w:rsid w:val="00005EA1"/>
     <w:rsid w:val="000129D1"/>
     <w:rsid w:val="00025D0A"/>
     <w:rsid w:val="000267DC"/>
     <w:rsid w:val="00033002"/>
     <w:rsid w:val="000415D8"/>
     <w:rsid w:val="000424C8"/>
     <w:rsid w:val="00043A94"/>
     <w:rsid w:val="00047253"/>
     <w:rsid w:val="0005756F"/>
     <w:rsid w:val="000602D2"/>
+    <w:rsid w:val="00062F8D"/>
     <w:rsid w:val="000678C5"/>
     <w:rsid w:val="000711D1"/>
     <w:rsid w:val="0008638E"/>
     <w:rsid w:val="0008772E"/>
     <w:rsid w:val="00087C00"/>
     <w:rsid w:val="00095909"/>
     <w:rsid w:val="000A3720"/>
     <w:rsid w:val="000B3199"/>
     <w:rsid w:val="000B475F"/>
     <w:rsid w:val="000C03F2"/>
     <w:rsid w:val="000D09EF"/>
     <w:rsid w:val="000D0BD3"/>
     <w:rsid w:val="000D4AC3"/>
     <w:rsid w:val="000E4681"/>
     <w:rsid w:val="000E5985"/>
     <w:rsid w:val="000F3608"/>
     <w:rsid w:val="000F3ADD"/>
     <w:rsid w:val="000F4A2F"/>
     <w:rsid w:val="000F4EAA"/>
     <w:rsid w:val="00101834"/>
     <w:rsid w:val="00105DD0"/>
     <w:rsid w:val="00111F09"/>
     <w:rsid w:val="00125EAD"/>
     <w:rsid w:val="00126BA5"/>
     <w:rsid w:val="00127A8F"/>
@@ -30266,50 +30281,51 @@
     <w:rsid w:val="005A50F7"/>
     <w:rsid w:val="005A644B"/>
     <w:rsid w:val="005B577C"/>
     <w:rsid w:val="005C76B8"/>
     <w:rsid w:val="005D3328"/>
     <w:rsid w:val="005E14AC"/>
     <w:rsid w:val="005E6887"/>
     <w:rsid w:val="005E68AE"/>
     <w:rsid w:val="005E7B91"/>
     <w:rsid w:val="005E7C0E"/>
     <w:rsid w:val="005E7FCE"/>
     <w:rsid w:val="005F0C74"/>
     <w:rsid w:val="005F7642"/>
     <w:rsid w:val="00607562"/>
     <w:rsid w:val="00610B53"/>
     <w:rsid w:val="0061169B"/>
     <w:rsid w:val="00612E22"/>
     <w:rsid w:val="00613118"/>
     <w:rsid w:val="006204F1"/>
     <w:rsid w:val="00632C68"/>
     <w:rsid w:val="0063391D"/>
     <w:rsid w:val="006341F8"/>
     <w:rsid w:val="0063449C"/>
     <w:rsid w:val="00645DAC"/>
     <w:rsid w:val="0065037E"/>
+    <w:rsid w:val="0066517B"/>
     <w:rsid w:val="00667D7C"/>
     <w:rsid w:val="006729B8"/>
     <w:rsid w:val="00673AD3"/>
     <w:rsid w:val="00687C03"/>
     <w:rsid w:val="00687D55"/>
     <w:rsid w:val="0069254F"/>
     <w:rsid w:val="00694646"/>
     <w:rsid w:val="006958A8"/>
     <w:rsid w:val="006A13E9"/>
     <w:rsid w:val="006A3A7F"/>
     <w:rsid w:val="006A55D7"/>
     <w:rsid w:val="006B2B5B"/>
     <w:rsid w:val="006B4449"/>
     <w:rsid w:val="006B48B7"/>
     <w:rsid w:val="006B6202"/>
     <w:rsid w:val="006B652B"/>
     <w:rsid w:val="006C3880"/>
     <w:rsid w:val="006D5D1F"/>
     <w:rsid w:val="006D6602"/>
     <w:rsid w:val="006D7CBA"/>
     <w:rsid w:val="006E132E"/>
     <w:rsid w:val="006E4630"/>
     <w:rsid w:val="006E66CF"/>
     <w:rsid w:val="006E7896"/>
     <w:rsid w:val="006F7B3C"/>
@@ -30368,80 +30384,82 @@
     <w:rsid w:val="008A4D56"/>
     <w:rsid w:val="008C2C35"/>
     <w:rsid w:val="008C3E53"/>
     <w:rsid w:val="008C4A04"/>
     <w:rsid w:val="008C6D93"/>
     <w:rsid w:val="008D32FD"/>
     <w:rsid w:val="008D708C"/>
     <w:rsid w:val="008D7341"/>
     <w:rsid w:val="008E103B"/>
     <w:rsid w:val="008E17E5"/>
     <w:rsid w:val="008F0346"/>
     <w:rsid w:val="008F175C"/>
     <w:rsid w:val="008F47B4"/>
     <w:rsid w:val="00916645"/>
     <w:rsid w:val="00926C8C"/>
     <w:rsid w:val="009328D1"/>
     <w:rsid w:val="00933BEA"/>
     <w:rsid w:val="009475AA"/>
     <w:rsid w:val="00947C49"/>
     <w:rsid w:val="00950FB0"/>
     <w:rsid w:val="00951120"/>
     <w:rsid w:val="0095399C"/>
     <w:rsid w:val="00956BE8"/>
     <w:rsid w:val="009616C2"/>
     <w:rsid w:val="009621BF"/>
+    <w:rsid w:val="00962497"/>
     <w:rsid w:val="009677E2"/>
     <w:rsid w:val="00967ECA"/>
     <w:rsid w:val="009727F0"/>
     <w:rsid w:val="00974DAC"/>
     <w:rsid w:val="00983474"/>
     <w:rsid w:val="00986122"/>
     <w:rsid w:val="009872F4"/>
     <w:rsid w:val="009873CD"/>
     <w:rsid w:val="009A1EB5"/>
     <w:rsid w:val="009A5970"/>
     <w:rsid w:val="009A7988"/>
     <w:rsid w:val="009B05A4"/>
     <w:rsid w:val="009B3280"/>
     <w:rsid w:val="009B72A6"/>
     <w:rsid w:val="009C4E31"/>
     <w:rsid w:val="009C6295"/>
     <w:rsid w:val="009D4044"/>
     <w:rsid w:val="009D7E88"/>
     <w:rsid w:val="00A0630F"/>
     <w:rsid w:val="00A125B8"/>
     <w:rsid w:val="00A137DF"/>
     <w:rsid w:val="00A22212"/>
     <w:rsid w:val="00A32A68"/>
     <w:rsid w:val="00A33BD5"/>
     <w:rsid w:val="00A411CF"/>
     <w:rsid w:val="00A42F73"/>
     <w:rsid w:val="00A566CB"/>
     <w:rsid w:val="00A62287"/>
     <w:rsid w:val="00A64C96"/>
     <w:rsid w:val="00A7187C"/>
+    <w:rsid w:val="00A74075"/>
     <w:rsid w:val="00A75638"/>
     <w:rsid w:val="00A77382"/>
     <w:rsid w:val="00A831CF"/>
     <w:rsid w:val="00A858DE"/>
     <w:rsid w:val="00A87106"/>
     <w:rsid w:val="00A95747"/>
     <w:rsid w:val="00AC3F6C"/>
     <w:rsid w:val="00AC626C"/>
     <w:rsid w:val="00AD22F4"/>
     <w:rsid w:val="00AD30E4"/>
     <w:rsid w:val="00AD5692"/>
     <w:rsid w:val="00AD5845"/>
     <w:rsid w:val="00AD65CC"/>
     <w:rsid w:val="00AD7D6D"/>
     <w:rsid w:val="00AF2AC8"/>
     <w:rsid w:val="00AF3981"/>
     <w:rsid w:val="00AF5C08"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B11858"/>
     <w:rsid w:val="00B11B72"/>
     <w:rsid w:val="00B135EB"/>
     <w:rsid w:val="00B13EC2"/>
     <w:rsid w:val="00B16834"/>
     <w:rsid w:val="00B20D7A"/>
     <w:rsid w:val="00B246C0"/>
@@ -30507,50 +30525,51 @@
     <w:rsid w:val="00D00D8F"/>
     <w:rsid w:val="00D07511"/>
     <w:rsid w:val="00D14493"/>
     <w:rsid w:val="00D21C37"/>
     <w:rsid w:val="00D36CE2"/>
     <w:rsid w:val="00D40AAF"/>
     <w:rsid w:val="00D416DA"/>
     <w:rsid w:val="00D42956"/>
     <w:rsid w:val="00D43334"/>
     <w:rsid w:val="00D4440A"/>
     <w:rsid w:val="00D453EE"/>
     <w:rsid w:val="00D455D8"/>
     <w:rsid w:val="00D46DA4"/>
     <w:rsid w:val="00D4700F"/>
     <w:rsid w:val="00D47ED5"/>
     <w:rsid w:val="00D613CC"/>
     <w:rsid w:val="00D64583"/>
     <w:rsid w:val="00D65979"/>
     <w:rsid w:val="00D70151"/>
     <w:rsid w:val="00D727F6"/>
     <w:rsid w:val="00D742E9"/>
     <w:rsid w:val="00D75F36"/>
     <w:rsid w:val="00D77BC9"/>
     <w:rsid w:val="00D8164C"/>
     <w:rsid w:val="00D82E2C"/>
+    <w:rsid w:val="00D84045"/>
     <w:rsid w:val="00D856C9"/>
     <w:rsid w:val="00D92842"/>
     <w:rsid w:val="00D954CB"/>
     <w:rsid w:val="00D97A4A"/>
     <w:rsid w:val="00DB03F3"/>
     <w:rsid w:val="00DB3074"/>
     <w:rsid w:val="00DC11CF"/>
     <w:rsid w:val="00DD2C45"/>
     <w:rsid w:val="00DD7E88"/>
     <w:rsid w:val="00DE0817"/>
     <w:rsid w:val="00DE19DE"/>
     <w:rsid w:val="00DE38CF"/>
     <w:rsid w:val="00E0426F"/>
     <w:rsid w:val="00E04DB8"/>
     <w:rsid w:val="00E04E15"/>
     <w:rsid w:val="00E07CAE"/>
     <w:rsid w:val="00E112C6"/>
     <w:rsid w:val="00E137C7"/>
     <w:rsid w:val="00E141E0"/>
     <w:rsid w:val="00E1612B"/>
     <w:rsid w:val="00E24494"/>
     <w:rsid w:val="00E27599"/>
     <w:rsid w:val="00E27E83"/>
     <w:rsid w:val="00E471E6"/>
     <w:rsid w:val="00E607AB"/>
@@ -31996,51 +32015,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2113699307">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -32307,52 +32326,52 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="80673045774d5ba6aa1a5d89325766a7">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b5e704c1d342ecd6bd99821d1db50d0b" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="98a36182e80fce830f6c1959f67f732d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="432d58a1b050dac85319da7bffcb1962" ns2:_="" ns3:_="">
     <xsd:import namespace="7b517193-b76b-4847-86d0-f7effd00a065"/>
     <xsd:import namespace="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -32530,123 +32549,137 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7b517193-b76b-4847-86d0-f7effd00a065">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A58C58B3-51F4-4E8D-B7E6-DEB93E296521}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E26EDEEE-58EF-4645-B589-E3CBF1E2662A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E289A5C-62D9-4A0D-A704-1F281E755DEE}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6E44FC7-BB10-49EF-B011-1E2F0912BA05}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{582DD536-DB1C-4924-8527-43FF3C1438B0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="7b517193-b76b-4847-86d0-f7effd00a065"/>
+    <ds:schemaRef ds:uri="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D37B7201-DA67-47FD-A1E7-4C0AE14990B3}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2DE69EA9-7101-4484-931E-EBBE224F4270}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>23</Pages>
   <Words>4585</Words>
   <Characters>20561</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>928</Lines>
   <Paragraphs>559</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Normal dot (Rev02 January 2009)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IPSOS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24683</CharactersWithSpaces>
+  <CharactersWithSpaces>24684</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Normal dot (Rev02 January 2009)</dc:title>
   <dc:subject>Universal Normal Template</dc:subject>
   <dc:creator>Authorised User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>af44d3240da420e376ed1a689eac1992bf6e6b19a5733d36f7b759867d0791e4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x0101006DD9147DCE5D39448439BAC925F17EAF</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>