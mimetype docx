--- v2 (2026-02-01)
+++ v3 (2026-03-18)
@@ -1,48 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...10 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4A7B5CF2" w14:textId="77777777" w:rsidR="00ED1433" w:rsidRDefault="00ED1433" w:rsidP="000267DC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79A99F08" w14:textId="77777777" w:rsidR="00BE7F67" w:rsidRPr="00B56372" w:rsidRDefault="00454BB3" w:rsidP="000267DC">
       <w:pPr>
         <w:rPr>
@@ -6212,69 +6217,69 @@
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF6181" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>THEN</w:t>
       </w:r>
       <w:r w:rsidR="00EF6181" w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ASK Q632E67</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D2C09C" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="00F51B4A" w:rsidRDefault="00FE151D" w:rsidP="00FE151D">
+    <w:p w14:paraId="26D2C09C" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="007428D8" w:rsidRDefault="00FE151D" w:rsidP="00FE151D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B4449">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA28B6">
+      <w:r w:rsidRPr="007428D8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44266445" w14:textId="26EF83EB" w:rsidR="00860EB2" w:rsidRPr="00233666" w:rsidRDefault="00860EB2" w:rsidP="00507D51">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -7043,78 +7048,78 @@
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="007048FF" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9 </w:t>
       </w:r>
       <w:r w:rsidR="00CB126C" w:rsidRPr="00C12F2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or 10 THEN ASK Q632E68</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C9B4422" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="007105FF" w:rsidRDefault="00FE151D" w:rsidP="00FE151D">
+    <w:p w14:paraId="1C9B4422" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="007428D8" w:rsidRDefault="00FE151D" w:rsidP="00FE151D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="009B72A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA28B6">
+      <w:r w:rsidRPr="007428D8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="4CD53A52" w14:textId="61EEB634" w:rsidR="00454BB3" w:rsidRPr="00233666" w:rsidRDefault="004C2C1E" w:rsidP="00454BB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -7613,78 +7618,78 @@
     <w:p w14:paraId="7D51A87C" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="001F2859" w:rsidRDefault="00A0630F" w:rsidP="00A0630F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>QIMW144_01</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="40B99010" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="001F2859" w:rsidRDefault="00FE151D" w:rsidP="00FE151D">
+    <w:p w14:paraId="40B99010" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="007428D8" w:rsidRDefault="00FE151D" w:rsidP="00FE151D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="009B72A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA28B6">
+      <w:r w:rsidRPr="007428D8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73E8179E" w14:textId="302B0453" w:rsidR="00A0630F" w:rsidRPr="001F2859" w:rsidRDefault="00A0630F" w:rsidP="00A0630F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2859">
@@ -11716,219 +11721,240 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EDAEFBE" w14:textId="77777777" w:rsidR="00F23973" w:rsidRDefault="00F23973" w:rsidP="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="793F5ABF" w14:textId="77777777" w:rsidR="00F23973" w:rsidRDefault="00F23973" w:rsidP="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33A02E75" w14:textId="28FA06AA" w:rsidR="006E7896" w:rsidRPr="0045487B" w:rsidRDefault="006E7896" w:rsidP="006E7896">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00C12F2C">
+    <w:p w14:paraId="33A02E75" w14:textId="28FA06AA" w:rsidR="006E7896" w:rsidRPr="00F66AE0" w:rsidRDefault="006E7896" w:rsidP="006E7896">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="cyan"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>ENGLAND</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DD7E88" w:rsidRPr="00C12F2C">
+      </w:pPr>
+      <w:r w:rsidRPr="00F66AE0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:highlight w:val="cyan"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:t>ASK ALL IN ENGLAND</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7E88" w:rsidRPr="00F66AE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve"> GB</w:t>
       </w:r>
-      <w:r w:rsidRPr="0045487B">
+      <w:r w:rsidRPr="00F66AE0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> AND SMOKED IN PAST YEAR [IF GORE=1-9 AND Q632a1=1/2/3/4]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23231220" w14:textId="77777777" w:rsidR="006E7896" w:rsidRPr="0045487B" w:rsidRDefault="006E7896" w:rsidP="006E7896">
+    <w:p w14:paraId="23231220" w14:textId="77777777" w:rsidR="006E7896" w:rsidRPr="00F66AE0" w:rsidRDefault="006E7896" w:rsidP="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0045487B">
+      <w:r w:rsidRPr="00F66AE0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">SWAP1. 'Swap to Stop' is a program to help people stop smoking. It gives participants a free e-cigarette / vape starter kit and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0045487B">
+      <w:r w:rsidRPr="00F66AE0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>behavioural</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0045487B">
+      <w:r w:rsidRPr="00F66AE0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> support. Have you ever heard of ‘swap to stop’?  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="137B2461" w14:textId="77777777" w:rsidR="006E7896" w:rsidRPr="0045487B" w:rsidRDefault="006E7896" w:rsidP="006E7896">
+    <w:p w14:paraId="137B2461" w14:textId="77777777" w:rsidR="006E7896" w:rsidRPr="00F66AE0" w:rsidRDefault="006E7896" w:rsidP="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0045487B">
+      <w:r w:rsidRPr="00F66AE0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">SINGLE CODE </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="762F4D0A" w14:textId="77777777" w:rsidR="006E7896" w:rsidRPr="0045487B" w:rsidRDefault="006E7896" w:rsidP="006E7896">
+    <w:p w14:paraId="762F4D0A" w14:textId="77777777" w:rsidR="006E7896" w:rsidRPr="00F66AE0" w:rsidRDefault="006E7896" w:rsidP="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FAB747E" w14:textId="478A6198" w:rsidR="006E7896" w:rsidRPr="0045487B" w:rsidRDefault="006E7896" w:rsidP="006E7896">
+    <w:p w14:paraId="0FAB747E" w14:textId="478A6198" w:rsidR="006E7896" w:rsidRPr="00F66AE0" w:rsidRDefault="006E7896" w:rsidP="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0045487B">
+      <w:r w:rsidRPr="00F66AE0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>1. Yes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FA0C2FD" w14:textId="728BF540" w:rsidR="006E7896" w:rsidRPr="0045487B" w:rsidRDefault="006E7896" w:rsidP="006E7896">
+    <w:p w14:paraId="3FA0C2FD" w14:textId="728BF540" w:rsidR="006E7896" w:rsidRPr="00F66AE0" w:rsidRDefault="006E7896" w:rsidP="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0045487B">
+      <w:r w:rsidRPr="00F66AE0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>2. No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71707A83" w14:textId="2BFCB280" w:rsidR="001B2B72" w:rsidRPr="006E7896" w:rsidRDefault="006E7896" w:rsidP="006E7896">
+    <w:p w14:paraId="71707A83" w14:textId="2BFCB280" w:rsidR="001B2B72" w:rsidRPr="00F66AE0" w:rsidRDefault="006E7896" w:rsidP="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0045487B">
+      <w:r w:rsidRPr="00F66AE0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>3. Don’t know (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6875C236" w14:textId="77777777" w:rsidR="006E7896" w:rsidRPr="006E7896" w:rsidRDefault="006E7896">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07BF037B" w14:textId="325B3E44" w:rsidR="00454BB3" w:rsidRPr="006E7896" w:rsidRDefault="00CD5649" w:rsidP="00CD5649">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E7896">
@@ -20340,51 +20366,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="006B4449">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA28B6">
+      <w:r w:rsidRPr="007428D8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C4655FC" w14:textId="72279365" w:rsidR="000E5985" w:rsidRPr="00233666" w:rsidRDefault="00454BB3" w:rsidP="00454BB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233666">
@@ -22154,79 +22180,78 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65ADA492" w14:textId="7006F95F" w:rsidR="000A3720" w:rsidRPr="000678C5" w:rsidRDefault="000A3720" w:rsidP="000678C5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="000000"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:color w:val="BFBFBF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>{OPEN FILTER AH</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="518F705F" w14:textId="36BEC511" w:rsidR="000A3720" w:rsidRPr="00DD7E88" w:rsidRDefault="00FE151D" w:rsidP="000A3720">
+    <w:p w14:paraId="518F705F" w14:textId="36BEC511" w:rsidR="000A3720" w:rsidRPr="007428D8" w:rsidRDefault="00FE151D" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
-      <w:r w:rsidRPr="007105FF">
+      <w:r w:rsidRPr="007428D8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA28B6">
+      <w:r w:rsidRPr="007428D8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06D6C59B" w14:textId="43705B04" w:rsidR="000A3720" w:rsidRPr="001F2859" w:rsidRDefault="000A3720" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Hlk95143747"/>
       <w:r w:rsidRPr="001F2859">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -22992,51 +23017,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D07511">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="009B72A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA28B6">
+      <w:r w:rsidRPr="007428D8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="760474F8" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="00B56372" w:rsidRDefault="00FE151D" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A4B6BD9" w14:textId="77777777" w:rsidR="000A3720" w:rsidRPr="001F2859" w:rsidRDefault="000A3720" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -23343,51 +23368,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B56372">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
       <w:r w:rsidRPr="009B72A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA28B6">
+      <w:r w:rsidRPr="007428D8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>IN SCOTLAND/WALES ONLY [GORE=10, 11]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59F0901E" w14:textId="77777777" w:rsidR="00FE151D" w:rsidRPr="00B56372" w:rsidRDefault="00FE151D" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FFCA198" w14:textId="75547282" w:rsidR="000A3720" w:rsidRPr="001F2859" w:rsidRDefault="000A3720" w:rsidP="000A3720">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -25038,249 +25063,295 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D4700F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>CLOSE FILTER AD}</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BED4F60" w14:textId="77777777" w:rsidR="008E17E5" w:rsidRPr="00101834" w:rsidRDefault="008E17E5" w:rsidP="00A42F73">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008E17E5" w:rsidRPr="00101834" w:rsidSect="00AF3981">
-      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1134" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0BA0B208" w14:textId="77777777" w:rsidR="00A74075" w:rsidRDefault="00A74075">
+    <w:p w14:paraId="02AC8204" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="12E485A3" w14:textId="77777777" w:rsidR="00A74075" w:rsidRDefault="00A74075">
+    <w:p w14:paraId="5E346D8D" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{643353B9-D296-4EDC-A7BA-6BD55210DF03}"/>
-    <w:embedBold r:id="rId2" w:fontKey="{E15FA6C4-6E9E-4E48-A821-4D0588B4344E}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{B9E6BB54-C791-4EEF-A6CF-0573F4BC4240}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{436E4FD0-1801-4D69-AC31-6C629C814A3E}"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId3" w:fontKey="{66B38544-9502-459F-AC3B-6E33CDEEB97E}"/>
-    <w:embedBold r:id="rId4" w:fontKey="{90CE884E-B33D-4D21-8856-9D3CCB233535}"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{402581AB-5B6D-4B72-A436-7055712CD14B}"/>
+    <w:embedBold r:id="rId4" w:fontKey="{4F5964D4-D50B-4A00-891E-30B063965274}"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{52450E1D-1B04-46B8-956B-1CDA5B4C0CED}"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{978E034A-D5DA-40E8-8544-F6D98E4B62A6}"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{1EC89B7D-707C-4854-8FDD-10CD7A498D51}"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{695930D7-8777-475E-9620-6B760ED66B45}"/>
   </w:font>
   <w:font w:name="TimesNewRoman Italic">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="TimesNewRoman">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="TimesNewRoman ExtraBold">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId7" w:fontKey="{1A0F2832-E411-4E33-8DC6-3E08AF6971DE}"/>
-    <w:embedBold r:id="rId8" w:fontKey="{F2A533D7-9CCF-412D-A24E-CA654E00D26C}"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{6D7589C5-A85C-4621-BE61-49E3289F11BD}"/>
+    <w:embedBold r:id="rId8" w:fontKey="{8D220605-19F7-406C-BF6F-871C4FD03613}"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="617F8973" w14:textId="77777777" w:rsidR="007428D8" w:rsidRDefault="007428D8">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="59384867" w14:textId="77777777" w:rsidR="007428D8" w:rsidRDefault="007428D8">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="274E344A" w14:textId="77777777" w:rsidR="007428D8" w:rsidRDefault="007428D8">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="104CC444" w14:textId="77777777" w:rsidR="00A74075" w:rsidRDefault="00A74075">
+    <w:p w14:paraId="38DBC3B2" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0DF9E598" w14:textId="77777777" w:rsidR="00A74075" w:rsidRDefault="00A74075">
+    <w:p w14:paraId="34D4E734" w14:textId="77777777" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="240B6145" w14:textId="28156A94" w:rsidR="00736F66" w:rsidRDefault="001E0C55">
+  <w:p w14:paraId="6C86B151" w14:textId="77777777" w:rsidR="007428D8" w:rsidRDefault="007428D8">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="059B48A4" w14:textId="62A7CD03" w:rsidR="00F66AE0" w:rsidRDefault="001E0C55">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00E24494">
-      <w:t>4</w:t>
+    <w:r w:rsidR="00F66AE0">
+      <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:t>-0</w:t>
     </w:r>
-    <w:r w:rsidR="00AD5845">
-      <w:t>8</w:t>
+    <w:r w:rsidR="00F66AE0">
+      <w:t>61767-0</w:t>
     </w:r>
-    <w:r w:rsidR="00E24494">
-[...9 lines deleted...]
-      <w:t>9</w:t>
+    <w:r w:rsidR="007428D8">
+      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="67CD9E16" w14:textId="77777777" w:rsidR="00043A94" w:rsidRDefault="00043A94">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="052B835C" w14:textId="2F9C7AD0" w:rsidR="00D46DA4" w:rsidRDefault="00D46DA4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:tab/>
       <w:t>Smokers Toolkit (ST)</w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t>INTERNAL/CLIENT USE ONLY</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="715B21FB" w14:textId="70C222FB" w:rsidR="00D46DA4" w:rsidRDefault="005E6887">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidR="000F3ADD">
       <w:t>1</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="38BDE970" w14:textId="77777777" w:rsidR="000F3ADD" w:rsidRDefault="000F3ADD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1E44D7F3" w14:textId="77777777" w:rsidR="0065037E" w:rsidRDefault="0065037E">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7E1ACE23" w14:textId="77777777" w:rsidR="007428D8" w:rsidRDefault="007428D8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00281BA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B7E655C"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -29997,51 +30068,51 @@
   </w:num>
   <w:num w:numId="47" w16cid:durableId="2022468673">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="2070689878">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="1087653405">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1312636631">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="1445151448">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="52" w16cid:durableId="1590507486">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="50"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:embedTrueTypeFonts/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="5" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-CA" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-CA" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="163"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
@@ -30050,51 +30121,50 @@
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000267DC"/>
     <w:rsid w:val="00003670"/>
     <w:rsid w:val="00005EA1"/>
     <w:rsid w:val="000129D1"/>
     <w:rsid w:val="00025D0A"/>
     <w:rsid w:val="000267DC"/>
     <w:rsid w:val="00033002"/>
     <w:rsid w:val="000415D8"/>
     <w:rsid w:val="000424C8"/>
     <w:rsid w:val="00043A94"/>
     <w:rsid w:val="00047253"/>
     <w:rsid w:val="0005756F"/>
     <w:rsid w:val="000602D2"/>
-    <w:rsid w:val="00062F8D"/>
     <w:rsid w:val="000678C5"/>
     <w:rsid w:val="000711D1"/>
     <w:rsid w:val="0008638E"/>
     <w:rsid w:val="0008772E"/>
     <w:rsid w:val="00087C00"/>
     <w:rsid w:val="00095909"/>
     <w:rsid w:val="000A3720"/>
     <w:rsid w:val="000B3199"/>
     <w:rsid w:val="000B475F"/>
     <w:rsid w:val="000C03F2"/>
     <w:rsid w:val="000D09EF"/>
     <w:rsid w:val="000D0BD3"/>
     <w:rsid w:val="000D4AC3"/>
     <w:rsid w:val="000E4681"/>
     <w:rsid w:val="000E5985"/>
     <w:rsid w:val="000F3608"/>
     <w:rsid w:val="000F3ADD"/>
     <w:rsid w:val="000F4A2F"/>
     <w:rsid w:val="000F4EAA"/>
     <w:rsid w:val="00101834"/>
     <w:rsid w:val="00105DD0"/>
     <w:rsid w:val="00111F09"/>
     <w:rsid w:val="00125EAD"/>
     <w:rsid w:val="00126BA5"/>
     <w:rsid w:val="00127A8F"/>
@@ -30210,72 +30280,74 @@
     <w:rsid w:val="003D1263"/>
     <w:rsid w:val="003D5284"/>
     <w:rsid w:val="003D7A41"/>
     <w:rsid w:val="003F0C99"/>
     <w:rsid w:val="003F1E4A"/>
     <w:rsid w:val="004018CE"/>
     <w:rsid w:val="0041019F"/>
     <w:rsid w:val="004123A6"/>
     <w:rsid w:val="00415BDD"/>
     <w:rsid w:val="00421BE8"/>
     <w:rsid w:val="00421E68"/>
     <w:rsid w:val="0042574E"/>
     <w:rsid w:val="004259BD"/>
     <w:rsid w:val="00432D0A"/>
     <w:rsid w:val="00435C38"/>
     <w:rsid w:val="00437E9F"/>
     <w:rsid w:val="00441002"/>
     <w:rsid w:val="00441F23"/>
     <w:rsid w:val="00444D37"/>
     <w:rsid w:val="00446445"/>
     <w:rsid w:val="00446CB2"/>
     <w:rsid w:val="00447E8E"/>
     <w:rsid w:val="004536AC"/>
     <w:rsid w:val="0045487B"/>
     <w:rsid w:val="00454BB3"/>
+    <w:rsid w:val="00454F14"/>
     <w:rsid w:val="00460A38"/>
     <w:rsid w:val="0046591B"/>
     <w:rsid w:val="00470921"/>
     <w:rsid w:val="00472FF0"/>
     <w:rsid w:val="00480D37"/>
     <w:rsid w:val="004846DC"/>
     <w:rsid w:val="00486101"/>
     <w:rsid w:val="004861B5"/>
     <w:rsid w:val="00491140"/>
     <w:rsid w:val="00495398"/>
     <w:rsid w:val="0049544B"/>
     <w:rsid w:val="004A3D9C"/>
     <w:rsid w:val="004B02E7"/>
     <w:rsid w:val="004B4E60"/>
     <w:rsid w:val="004B4FB2"/>
     <w:rsid w:val="004C2C1E"/>
     <w:rsid w:val="004C53F9"/>
     <w:rsid w:val="004D1394"/>
     <w:rsid w:val="004E762B"/>
     <w:rsid w:val="004E78C9"/>
     <w:rsid w:val="004F179C"/>
     <w:rsid w:val="004F248B"/>
+    <w:rsid w:val="004F466E"/>
     <w:rsid w:val="0050458F"/>
     <w:rsid w:val="00504C52"/>
     <w:rsid w:val="00504FEB"/>
     <w:rsid w:val="00505CF1"/>
     <w:rsid w:val="00507D51"/>
     <w:rsid w:val="005120DA"/>
     <w:rsid w:val="005170CD"/>
     <w:rsid w:val="00521147"/>
     <w:rsid w:val="00531217"/>
     <w:rsid w:val="00533110"/>
     <w:rsid w:val="005351F5"/>
     <w:rsid w:val="005401FF"/>
     <w:rsid w:val="0054209A"/>
     <w:rsid w:val="005434F8"/>
     <w:rsid w:val="00550BA2"/>
     <w:rsid w:val="005627B6"/>
     <w:rsid w:val="00565500"/>
     <w:rsid w:val="0057541F"/>
     <w:rsid w:val="00577204"/>
     <w:rsid w:val="00585807"/>
     <w:rsid w:val="0058669E"/>
     <w:rsid w:val="005935FA"/>
     <w:rsid w:val="00595DAC"/>
     <w:rsid w:val="005A4D7E"/>
     <w:rsid w:val="005A50F7"/>
@@ -30321,50 +30393,51 @@
     <w:rsid w:val="006B6202"/>
     <w:rsid w:val="006B652B"/>
     <w:rsid w:val="006C3880"/>
     <w:rsid w:val="006D5D1F"/>
     <w:rsid w:val="006D6602"/>
     <w:rsid w:val="006D7CBA"/>
     <w:rsid w:val="006E132E"/>
     <w:rsid w:val="006E4630"/>
     <w:rsid w:val="006E66CF"/>
     <w:rsid w:val="006E7896"/>
     <w:rsid w:val="006F7B3C"/>
     <w:rsid w:val="00702CD5"/>
     <w:rsid w:val="007048FF"/>
     <w:rsid w:val="007105FF"/>
     <w:rsid w:val="00710969"/>
     <w:rsid w:val="007130C2"/>
     <w:rsid w:val="00714EBC"/>
     <w:rsid w:val="00716BF7"/>
     <w:rsid w:val="0072149C"/>
     <w:rsid w:val="00722B67"/>
     <w:rsid w:val="00726DA9"/>
     <w:rsid w:val="00731AD0"/>
     <w:rsid w:val="00736F66"/>
     <w:rsid w:val="007371FD"/>
     <w:rsid w:val="00737408"/>
+    <w:rsid w:val="007428D8"/>
     <w:rsid w:val="00743A09"/>
     <w:rsid w:val="0074405C"/>
     <w:rsid w:val="007515A1"/>
     <w:rsid w:val="00751999"/>
     <w:rsid w:val="00760D6B"/>
     <w:rsid w:val="0076263E"/>
     <w:rsid w:val="007826E7"/>
     <w:rsid w:val="00792927"/>
     <w:rsid w:val="007A00EE"/>
     <w:rsid w:val="007B5A18"/>
     <w:rsid w:val="007D00F5"/>
     <w:rsid w:val="007E02AD"/>
     <w:rsid w:val="007F01B1"/>
     <w:rsid w:val="007F3A09"/>
     <w:rsid w:val="007F75D6"/>
     <w:rsid w:val="0080084C"/>
     <w:rsid w:val="008027F8"/>
     <w:rsid w:val="00802CF5"/>
     <w:rsid w:val="00806AE9"/>
     <w:rsid w:val="00806F4C"/>
     <w:rsid w:val="008158D7"/>
     <w:rsid w:val="00817F6D"/>
     <w:rsid w:val="00821C48"/>
     <w:rsid w:val="008279C2"/>
     <w:rsid w:val="0083001F"/>
@@ -30415,51 +30488,50 @@
     <w:rsid w:val="00986122"/>
     <w:rsid w:val="009872F4"/>
     <w:rsid w:val="009873CD"/>
     <w:rsid w:val="009A1EB5"/>
     <w:rsid w:val="009A5970"/>
     <w:rsid w:val="009A7988"/>
     <w:rsid w:val="009B05A4"/>
     <w:rsid w:val="009B3280"/>
     <w:rsid w:val="009B72A6"/>
     <w:rsid w:val="009C4E31"/>
     <w:rsid w:val="009C6295"/>
     <w:rsid w:val="009D4044"/>
     <w:rsid w:val="009D7E88"/>
     <w:rsid w:val="00A0630F"/>
     <w:rsid w:val="00A125B8"/>
     <w:rsid w:val="00A137DF"/>
     <w:rsid w:val="00A22212"/>
     <w:rsid w:val="00A32A68"/>
     <w:rsid w:val="00A33BD5"/>
     <w:rsid w:val="00A411CF"/>
     <w:rsid w:val="00A42F73"/>
     <w:rsid w:val="00A566CB"/>
     <w:rsid w:val="00A62287"/>
     <w:rsid w:val="00A64C96"/>
     <w:rsid w:val="00A7187C"/>
-    <w:rsid w:val="00A74075"/>
     <w:rsid w:val="00A75638"/>
     <w:rsid w:val="00A77382"/>
     <w:rsid w:val="00A831CF"/>
     <w:rsid w:val="00A858DE"/>
     <w:rsid w:val="00A87106"/>
     <w:rsid w:val="00A95747"/>
     <w:rsid w:val="00AC3F6C"/>
     <w:rsid w:val="00AC626C"/>
     <w:rsid w:val="00AD22F4"/>
     <w:rsid w:val="00AD30E4"/>
     <w:rsid w:val="00AD5692"/>
     <w:rsid w:val="00AD5845"/>
     <w:rsid w:val="00AD65CC"/>
     <w:rsid w:val="00AD7D6D"/>
     <w:rsid w:val="00AF2AC8"/>
     <w:rsid w:val="00AF3981"/>
     <w:rsid w:val="00AF5C08"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B11858"/>
     <w:rsid w:val="00B11B72"/>
     <w:rsid w:val="00B135EB"/>
     <w:rsid w:val="00B13EC2"/>
     <w:rsid w:val="00B16834"/>
     <w:rsid w:val="00B20D7A"/>
     <w:rsid w:val="00B246C0"/>
@@ -30525,51 +30597,50 @@
     <w:rsid w:val="00D00D8F"/>
     <w:rsid w:val="00D07511"/>
     <w:rsid w:val="00D14493"/>
     <w:rsid w:val="00D21C37"/>
     <w:rsid w:val="00D36CE2"/>
     <w:rsid w:val="00D40AAF"/>
     <w:rsid w:val="00D416DA"/>
     <w:rsid w:val="00D42956"/>
     <w:rsid w:val="00D43334"/>
     <w:rsid w:val="00D4440A"/>
     <w:rsid w:val="00D453EE"/>
     <w:rsid w:val="00D455D8"/>
     <w:rsid w:val="00D46DA4"/>
     <w:rsid w:val="00D4700F"/>
     <w:rsid w:val="00D47ED5"/>
     <w:rsid w:val="00D613CC"/>
     <w:rsid w:val="00D64583"/>
     <w:rsid w:val="00D65979"/>
     <w:rsid w:val="00D70151"/>
     <w:rsid w:val="00D727F6"/>
     <w:rsid w:val="00D742E9"/>
     <w:rsid w:val="00D75F36"/>
     <w:rsid w:val="00D77BC9"/>
     <w:rsid w:val="00D8164C"/>
     <w:rsid w:val="00D82E2C"/>
-    <w:rsid w:val="00D84045"/>
     <w:rsid w:val="00D856C9"/>
     <w:rsid w:val="00D92842"/>
     <w:rsid w:val="00D954CB"/>
     <w:rsid w:val="00D97A4A"/>
     <w:rsid w:val="00DB03F3"/>
     <w:rsid w:val="00DB3074"/>
     <w:rsid w:val="00DC11CF"/>
     <w:rsid w:val="00DD2C45"/>
     <w:rsid w:val="00DD7E88"/>
     <w:rsid w:val="00DE0817"/>
     <w:rsid w:val="00DE19DE"/>
     <w:rsid w:val="00DE38CF"/>
     <w:rsid w:val="00E0426F"/>
     <w:rsid w:val="00E04DB8"/>
     <w:rsid w:val="00E04E15"/>
     <w:rsid w:val="00E07CAE"/>
     <w:rsid w:val="00E112C6"/>
     <w:rsid w:val="00E137C7"/>
     <w:rsid w:val="00E141E0"/>
     <w:rsid w:val="00E1612B"/>
     <w:rsid w:val="00E24494"/>
     <w:rsid w:val="00E27599"/>
     <w:rsid w:val="00E27E83"/>
     <w:rsid w:val="00E471E6"/>
     <w:rsid w:val="00E607AB"/>
@@ -30579,50 +30650,51 @@
     <w:rsid w:val="00E73220"/>
     <w:rsid w:val="00E77265"/>
     <w:rsid w:val="00E8135D"/>
     <w:rsid w:val="00E9152A"/>
     <w:rsid w:val="00E93A59"/>
     <w:rsid w:val="00E9542B"/>
     <w:rsid w:val="00EA28B6"/>
     <w:rsid w:val="00EA2D54"/>
     <w:rsid w:val="00EB179E"/>
     <w:rsid w:val="00EB3EA2"/>
     <w:rsid w:val="00EB61D5"/>
     <w:rsid w:val="00EC5C77"/>
     <w:rsid w:val="00ED1433"/>
     <w:rsid w:val="00ED7386"/>
     <w:rsid w:val="00EE223B"/>
     <w:rsid w:val="00EE723A"/>
     <w:rsid w:val="00EF4545"/>
     <w:rsid w:val="00EF4C63"/>
     <w:rsid w:val="00EF6181"/>
     <w:rsid w:val="00F04615"/>
     <w:rsid w:val="00F2223C"/>
     <w:rsid w:val="00F23973"/>
     <w:rsid w:val="00F51B4A"/>
     <w:rsid w:val="00F54C42"/>
     <w:rsid w:val="00F662A1"/>
+    <w:rsid w:val="00F66AE0"/>
     <w:rsid w:val="00F70861"/>
     <w:rsid w:val="00F70B9F"/>
     <w:rsid w:val="00F7640A"/>
     <w:rsid w:val="00F824AD"/>
     <w:rsid w:val="00F92B20"/>
     <w:rsid w:val="00F935C6"/>
     <w:rsid w:val="00FA3BFB"/>
     <w:rsid w:val="00FA5C14"/>
     <w:rsid w:val="00FB4E23"/>
     <w:rsid w:val="00FD0991"/>
     <w:rsid w:val="00FD5DC8"/>
     <w:rsid w:val="00FE151D"/>
     <w:rsid w:val="00FE2723"/>
     <w:rsid w:val="00FE3239"/>
     <w:rsid w:val="00FF0969"/>
     <w:rsid w:val="00FF2468"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
@@ -32015,51 +32087,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2113699307">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -32549,137 +32621,123 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7b517193-b76b-4847-86d0-f7effd00a065">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
-</file>
-[...7 lines deleted...]
-</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A58C58B3-51F4-4E8D-B7E6-DEB93E296521}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E289A5C-62D9-4A0D-A704-1F281E755DEE}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{171BF1A6-D511-4EA0-AA2B-55BBC61F561D}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{582DD536-DB1C-4924-8527-43FF3C1438B0}">
-[...6 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8C5616E-0FE6-47A4-AF12-63B0CD4074C6}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2DE69EA9-7101-4484-931E-EBBE224F4270}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{334C5FDA-1955-46CB-9614-8DC0A58B9E9A}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>23</Pages>
   <Words>4585</Words>
-  <Characters>20561</Characters>
+  <Characters>20093</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>928</Lines>
-  <Paragraphs>559</Paragraphs>
+  <Lines>167</Lines>
+  <Paragraphs>49</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Normal dot (Rev02 January 2009)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IPSOS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24684</CharactersWithSpaces>
+  <CharactersWithSpaces>24629</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Normal dot (Rev02 January 2009)</dc:title>
   <dc:subject>Universal Normal Template</dc:subject>
   <dc:creator>Authorised User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>af44d3240da420e376ed1a689eac1992bf6e6b19a5733d36f7b759867d0791e4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x0101006DD9147DCE5D39448439BAC925F17EAF</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
-[...1 lines deleted...]
-  </property>
 </Properties>
 </file>